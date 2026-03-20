--- v0 (2025-12-18)
+++ v1 (2026-03-20)
@@ -14,332 +14,235 @@
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="4BAD8C34" w14:textId="5AAE3F08" w:rsidR="006F4C17" w:rsidRPr="006F4C17" w:rsidRDefault="006F4C17" w:rsidP="006F4C17">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk221022926"/>
       <w:r w:rsidRPr="006F4C17">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">PŘIHLÁŠKA </w:t>
       </w:r>
       <w:r w:rsidRPr="002C5F66">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>do vzdělávací programu „Manažerská akademie 202</w:t>
       </w:r>
       <w:r w:rsidR="00EB5E65">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="002C5F66">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">“                   </w:t>
       </w:r>
       <w:r w:rsidR="002C5F66">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A1DFB4D" w14:textId="6A40EFAA" w:rsidR="00080E15" w:rsidRDefault="006F4C17" w:rsidP="006F4C17">
+    <w:p w14:paraId="2A1DFB4D" w14:textId="596A5787" w:rsidR="00080E15" w:rsidRDefault="006F4C17" w:rsidP="006F4C17">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F4C17">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Datum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> jednotlivých modulů</w:t>
       </w:r>
       <w:r w:rsidRPr="006F4C17">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="006F4C17">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...26 lines deleted...]
-      <w:r w:rsidR="00080E15" w:rsidRPr="00080E15">
+      <w:r w:rsidR="005A0C6A" w:rsidRPr="00080E15">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00EB5E65">
+      <w:r w:rsidR="005A0C6A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>2</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00080E15" w:rsidRPr="00080E15">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0C6A" w:rsidRPr="00080E15">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>. – 1</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00EB5E65">
+        <w:t>.  – 1</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0C6A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>3</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00080E15" w:rsidRPr="00080E15">
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0C6A" w:rsidRPr="00080E15">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>. 3. 202</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00EB5E65">
+        <w:t>. 4., 2</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0C6A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>6</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00080E15" w:rsidRPr="00080E15">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0C6A" w:rsidRPr="00080E15">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>, 1</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00EB5E65">
+        <w:t>. – 2</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0C6A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>6</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00080E15" w:rsidRPr="00080E15">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0C6A" w:rsidRPr="00080E15">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>.  – 1</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00EB5E65">
+        <w:t>. 5., 1</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0C6A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>7</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00080E15" w:rsidRPr="00080E15">
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0C6A" w:rsidRPr="00080E15">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>. 4. 202</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00EB5E65">
+        <w:t xml:space="preserve">. – </w:t>
+      </w:r>
+      <w:r w:rsidR="005A0C6A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>6</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00080E15" w:rsidRPr="00080E15">
+        <w:t>19</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0C6A" w:rsidRPr="00080E15">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>, 2</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00EB5E65">
+        <w:t>. 6.</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0C6A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="005A0C6A">
+        <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>. – 2</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>10. – 11. 9. a 8. – 9. 10. 2026</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1998187A" w14:textId="3B468C95" w:rsidR="006F4C17" w:rsidRDefault="006F4C17" w:rsidP="006F4C17">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Rozsah a čas: </w:t>
       </w:r>
       <w:r w:rsidRPr="006F4C17">
         <w:t>80 vyučovacích hodin</w:t>
       </w:r>
       <w:r w:rsidR="00E57C8F">
         <w:t>; Z</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ačátek jednotlivých modulů </w:t>
       </w:r>
@@ -1295,158 +1198,266 @@
                   <w:pPr>
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                     </w:rPr>
                     <w:t xml:space="preserve">Na adresu: </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="5FD8D67E" w14:textId="77777777" w:rsidR="00084525" w:rsidRDefault="00084525" w:rsidP="006A0017">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblStyle w:val="Mkatabulky"/>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="236"/>
+              <w:gridCol w:w="5911"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="005A0C6A" w14:paraId="368FC698" w14:textId="77777777" w:rsidTr="00861F72">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="236" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="17C7831E" w14:textId="77777777" w:rsidR="005A0C6A" w:rsidRDefault="005A0C6A" w:rsidP="005A0C6A">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="6053" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="5BFDE6E5" w14:textId="0F90B891" w:rsidR="005A0C6A" w:rsidRDefault="005A0C6A" w:rsidP="005A0C6A">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                    </w:rPr>
+                    <w:t>Poznámka</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">: </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
           <w:p w14:paraId="2F20D163" w14:textId="77777777" w:rsidR="00084525" w:rsidRDefault="00084525" w:rsidP="006A0017">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="50C213DD" w14:textId="77777777" w:rsidR="00084525" w:rsidRDefault="00084525" w:rsidP="006A0017">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="13054186" w14:textId="77777777" w:rsidR="00084525" w:rsidRPr="00080E15" w:rsidRDefault="00084525" w:rsidP="006A0017">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7E1448CC" w14:textId="77777777" w:rsidR="00080E15" w:rsidRDefault="00080E15" w:rsidP="006F4C17"/>
-    <w:p w14:paraId="58EFADC6" w14:textId="27619875" w:rsidR="00084525" w:rsidRPr="006F4C17" w:rsidRDefault="00084525" w:rsidP="006F4C17">
+    <w:p w14:paraId="58EFADC6" w14:textId="43755749" w:rsidR="00084525" w:rsidRPr="006F4C17" w:rsidRDefault="00084525" w:rsidP="006F4C17">
       <w:r>
-        <w:t xml:space="preserve">Přihlášku prosím </w:t>
+        <w:t>Přihlášku</w:t>
+      </w:r>
+      <w:r w:rsidR="001765C9">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> prosím</w:t>
+      </w:r>
+      <w:r w:rsidR="001765C9">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00084525">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>odešlete nejpozději do 31.1.202</w:t>
+        <w:t xml:space="preserve">odešlete nejpozději do </w:t>
+      </w:r>
+      <w:r w:rsidR="005A0C6A">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>27</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00084525">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="001765C9">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005A0C6A">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00084525">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="001765C9">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00084525">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="00EB5E65">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> na e-mail: </w:t>
       </w:r>
       <w:r w:rsidR="00EB5E65">
         <w:t>sona.plhakova</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
         </w:rPr>
         <w:t>@</w:t>
       </w:r>
       <w:r>
         <w:t>gmail.com</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr w:rsidR="00084525" w:rsidRPr="006F4C17">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="785418DD" w14:textId="77777777" w:rsidR="006D0EF8" w:rsidRDefault="006D0EF8" w:rsidP="003E30F6">
+    <w:p w14:paraId="1B564277" w14:textId="77777777" w:rsidR="0093001E" w:rsidRDefault="0093001E" w:rsidP="003E30F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="475EB5D6" w14:textId="77777777" w:rsidR="006D0EF8" w:rsidRDefault="006D0EF8" w:rsidP="003E30F6">
+    <w:p w14:paraId="623C1BE8" w14:textId="77777777" w:rsidR="0093001E" w:rsidRDefault="0093001E" w:rsidP="003E30F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -1455,61 +1466,61 @@
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6F245B13" w14:textId="77777777" w:rsidR="006D0EF8" w:rsidRDefault="006D0EF8" w:rsidP="003E30F6">
+    <w:p w14:paraId="2D6F21F5" w14:textId="77777777" w:rsidR="0093001E" w:rsidRDefault="0093001E" w:rsidP="003E30F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="48B211C4" w14:textId="77777777" w:rsidR="006D0EF8" w:rsidRDefault="006D0EF8" w:rsidP="003E30F6">
+    <w:p w14:paraId="2BE211E9" w14:textId="77777777" w:rsidR="0093001E" w:rsidRDefault="0093001E" w:rsidP="003E30F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="32DCCD19" w14:textId="124B485B" w:rsidR="003E30F6" w:rsidRPr="0052515B" w:rsidRDefault="003E30F6" w:rsidP="003E30F6">
     <w:pPr>
       <w:pStyle w:val="Zhlav"/>
       <w:ind w:hanging="142"/>
       <w:rPr>
         <w:color w:val="808080"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="001F539A">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="cs-CZ"/>
@@ -1582,51 +1593,51 @@
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
       <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="_x0000_i1036" type="#_x0000_t75" style="width:16.5pt;height:16.5pt" o:bullet="t">
+      <v:shape id="_x0000_i1079" type="#_x0000_t75" style="width:16.5pt;height:16.5pt" o:bullet="t">
         <v:imagedata r:id="rId1" o:title="odrážka"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5ED266EA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0BC4AB4A"/>
     <w:lvl w:ilvl="0" w:tplc="0405000D">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="A90E0734">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -1712,84 +1723,87 @@
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04050005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1575628188">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F4C17"/>
     <w:rsid w:val="00017043"/>
     <w:rsid w:val="00080E15"/>
     <w:rsid w:val="00084525"/>
+    <w:rsid w:val="001765C9"/>
     <w:rsid w:val="002C5F66"/>
     <w:rsid w:val="003306AB"/>
     <w:rsid w:val="003B362B"/>
     <w:rsid w:val="003E30F6"/>
+    <w:rsid w:val="0048626D"/>
+    <w:rsid w:val="005A0C6A"/>
     <w:rsid w:val="005E762A"/>
     <w:rsid w:val="006D0EF8"/>
     <w:rsid w:val="006F4C17"/>
     <w:rsid w:val="007F3903"/>
     <w:rsid w:val="0089519E"/>
+    <w:rsid w:val="0093001E"/>
     <w:rsid w:val="009944E4"/>
     <w:rsid w:val="00A92BBF"/>
     <w:rsid w:val="00E57C8F"/>
     <w:rsid w:val="00EB5E65"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
@@ -2606,70 +2620,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>181</Words>
-  <Characters>1069</Characters>
+  <Words>180</Words>
+  <Characters>1066</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>8</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1248</CharactersWithSpaces>
+  <CharactersWithSpaces>1244</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Soňa Plháková</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>